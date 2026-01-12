--- v0 (2025-10-07)
+++ v1 (2026-01-12)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:horzAnchor="margin" w:tblpX="-578" w:tblpY="1080"/>
         <w:tblW w:w="11356" w:type="dxa"/>
         <w:tblBorders>
           <w:insideV w:val="dashed" w:sz="8" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5678"/>
         <w:gridCol w:w="5678"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D734B3" w:rsidTr="00681732">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="3178"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004907E1" w:rsidRPr="00CB77ED" w:rsidRDefault="004907E1" w:rsidP="00FA2B96">
             <w:pPr>
@@ -198,59 +198,58 @@
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:group w14:anchorId="45C4F968" id="群組 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:31.3pt;margin-top:5.35pt;width:172.5pt;height:50.25pt;z-index:251662336;mso-width-relative:margin;mso-height-relative:margin" coordsize="21907,6381" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAHYuUgPkAwAAoggAAA4AAABkcnMvZTJvRG9jLnhtbKxWzW7jNhC+F+g7&#10;ELo7lhTJP0KUhdfJBov9abDbfQCaoiwiEsmSdOxsUaCHAostUKCn9NJLgR63xwLtpU/TbF6jM5Ts&#10;xHHQBosasDzDIUfzffNDHzxaNTU558YKJfMg2gsDwiVThZDzPHjz5ZPeKCDWUVnQWkmeBxfcBo8O&#10;P//sYKkzHqtK1QU3BJxImy11HlTO6azft6ziDbV7SnMJxlKZhjpQzbxfGLoE703dj8Nw0F8qU2ij&#10;GLcWVo9aY3Do/ZclZ+6LsrTckToPIDbnn8Y/Z/jsHx7QbG6orgTrwqCfEEVDhYSXblwdUUfJwogd&#10;V41gRllVuj2mmr4qS8G4xwBoovAOmhOjFtpjmWfLud7QBNTe4emT3bKX56eGiCIPBgGRtIEUXf/1&#10;6/Xv35EBcrPU8wy2nBj9Wp+abmHeagh3VZoGfwEIWXlWLzas8pUjDBbjaBwOUyCfgW2wP4qGaUs7&#10;qyA3O8dYdfzvB/vr1/Yxuk0wWrAMvh1JIO2Q9N/FBKfcwvCgc9I8yEdDzdlC9yCfmjoxE7VwF742&#10;IXMYlDw/FezUtMoN3/trvq9+vrx+/46AXnDLoDavP3z4+49vr3784c2z3ovJq2fIFjrCs60nikif&#10;K3ZmiVTTiso5n1gNxQ4tiLv729u9uhXGrBb6iahrzB3KHWB4+Z3CuoeztmiPFFs0XLq2Cw2vAbuS&#10;thLaBsRkvJlxKCrztIhQrYU881oMZQDzwEGdaSOk800DlfLcOowFa8a3zdfxaBKG4/hxb5qG014S&#10;Do97k3Ey7A3D42ESJqNoGk2/wdNRki0sBzJofaRFBwRWd6Dc2yPdNGm7z3cxOad+ViCNPqD1rw8R&#10;lpAvjNUa9gooh30gO8Mdq1AsgdZuHTZvDD4HN7Rjgiy0FJktX6gC2KALpzwZ97ZUMhzEXdes2yod&#10;h+m6q9J0MBp7+6Y5oESMdSdcNQQFIB9i9S+g54CkRbfegnFLhQXh0dRyawF84opHgDF3IkDAAQFz&#10;267rB7SH0Y5T+76J97qimkOU6PamVeJouG6Wj5fvrn776ePln1e/fE9irPVuK84n4laPFUycyOO0&#10;+k6HGKOWFacFxNh2ya2jrZ8HZWQwTvchGWR30kXJOE3QtD3p/qeckGUejFNwv5UcmjXCwRVaiyYP&#10;RiF+2umKSI9l4RPqqKhbeZ1LhN7mEiW3mq06KmequAAmjYKSgZkNVzsIlTJvA7KEazIP7FcLiiOy&#10;fiqByHGUJHiveiVJhzEo5rZldttCJQNXeeAC0opTB1rYIZpAC5TClyYG1UYCxYYK1JiX/EUI0tZN&#10;e1v3u27+Whz+AwAA//8DAFBLAwQUAAYACAAAACEASVIcIfIAAADPAQAAGQAAAGRycy9fcmVscy9l&#10;Mm9Eb2MueG1sLnJlbHO0kc9qwzAMh++DvYMRuy5OAstGqdOWpoEedhndAxhbSbzEf7CdrXn7eYzB&#10;CoWddhSSvt8ntN6c9UTe0QdlDYMiy4GgEVYq0zN4PbX3T0BC5EbyyRpksGCATX17s37Bice0FAbl&#10;AkkUExgMMboVpUEMqHnIrEOTOp31msdU+p46LkbeIy3zvKL+NwPqCyY5Sgb+KEsgp8Wl5L/ZtuuU&#10;wMaKWaOJVyKo0ik7AbnvMTIQSq4edu2h2u/auyZvqsdyVFovWzOPGco5ix8/w89WJofDOaI3fAJ6&#10;Xbb4R1mNUvHvC4rszWH/JUEv3lB/AgAA//8DAFBLAwQUAAYACAAAACEAf/fvmd4AAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidACkKcaqqAk4VEi0S4ubG2yRqvI5iN0n/&#10;nuUEx30zmp0pVrPrxIhDaD1pSBYKBFLlbUu1hs/9690TiBANWdN5Qg0XDLAqr68Kk1s/0QeOu1gL&#10;DqGQGw1NjH0uZagadCYsfI/E2tEPzkQ+h1rawUwc7jqZKpVJZ1riD43pcdNgddqdnYa3yUzr++Rl&#10;3J6Om8v3/vH9a5ug1rc38/oZRMQ5/pnhtz5Xh5I7HfyZbBCdhizN2MlcLUGw/qCWDA4MkiQFWRby&#10;/4LyBwAA//8DAFBLAwQKAAAAAAAAACEA9XdrORoNAAAaDQAAFQAAAGRycy9tZWRpYS9pbWFnZTEu&#10;anBlZ//Y/+AAEEpGSUYAAQEBAJAAkAAA/9sAQwAIBgYHBgUIBwcHCQkICgwUDQwLCwwZEhMPFB0a&#10;Hx4dGhwcICQuJyAiLCMcHCg3KSwwMTQ0NB8nOT04MjwuMzQy/9sAQwEJCQkMCwwYDQ0YMiEcITIy&#10;MjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIy/8AAEQgAiACQ&#10;AwEiAAIRAQMRAf/EAB8AAAEFAQEBAQEBAAAAAAAAAAABAgMEBQYHCAkKC//EALUQAAIBAwMCBAMF&#10;BQQEAAABfQECAwAEEQUSITFBBhNRYQcicRQygZGhCCNCscEVUtHwJDNicoIJChYXGBkaJSYnKCkq&#10;NDU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6g4SFhoeIiYqSk5SVlpeYmZqi&#10;o6Slpqeoqaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2drh4uPk5ebn6Onq8fLz9PX29/j5+v/E&#10;AB8BAAMBAQEBAQEBAQEAAAAAAAABAgMEBQYHCAkKC//EALURAAIBAgQEAwQHBQQEAAECdwABAgMR&#10;BAUhMQYSQVEHYXETIjKBCBRCkaGxwQkjM1LwFWJy0QoWJDThJfEXGBkaJicoKSo1Njc4OTpDREVG&#10;R0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoKDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKz&#10;tLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uLj5OXm5+jp6vLz9PX29/j5+v/aAAwDAQACEQMRAD8A&#10;6minxxSTSLHEjO7cBVGSa14/CuqOm4pEn+yz8/pX5pRw1at/Ci36H1M6sIfE7GLRVi8sbmwm8q5i&#10;KMeQeoP0NV6ynCUJOMlZopNSV0FFFFSMKKKKACiiigAooooAKmgtLm63fZ4JJdvXYM4qGtXw4SNf&#10;tsf7X/oJrfDU41a0actm0vvIqycYOS6GfJbTwzCGWJkkOMKwwall0y+giMstrKkY6sw4qO85vbgn&#10;kmVs5+proby0a80TR98ywwohMkrnhegH1NdFHCxq+0SveO2q7210+ZnOq4ct+v8AkYcel380SyR2&#10;krxsMhgODVQggkHqK19Z87T3/syMGK1Ubxg/63P8RPf6VkVjiacKU/Zq91vfv5aF0pSmuZ7PY7Xw&#10;lZxR6aboAGaViC3oAcYroa880rW7nStyxhZIWOTG3r6g9q0pvGVwyYhtY42/vMxbH4cV9NgM3wdH&#10;DRhLRpbW3/4c8rEYKtOq5LVMueMZYvsdvEcGYybl9QuOf6Vx1btho97r0xvLuVliY/6wjlvZR6V1&#10;Vno9hYqPJt13D+NxuY/ia5J4CvmlZ4i3JF7X3t6G0cRTwkPZ7s88WCZhlYZCPUIaYQVOGBB9CMV6&#10;rUNxa291GUuIUkU9mGa1lw37vu1NfT/gkLNNdY/ieX0Vu6/oQ00i4tyTbMcEHkof8Kwq+dxGHqYe&#10;o6dRao9OlVjVjzR2CiiisCwooooAKu6TdpY6rb3EmfLRjux2BGM1Soq6dR05qcd07ilFSi4vqal1&#10;pjy3UstvPbSwu5ZX89RwTnkE8Vd1mIf2Jp8SXEEjW6kSKkoOMgdu9c9gelFdSxUFGaUPj8/O+mhl&#10;7KTcW3t5HRRquraAkdzPBFc25/cPJKAXX0PPH/1hXPujRyMjY3KcHBBH5im0VnXrqso3WqVr9yqd&#10;Pkb10YVo6Jpw1LUkhbPlKN8n0Hb8azq6Xwayi7ulP3zGpH0zz/MVpl1GNbFQhPZsjEzcKMpR3OwV&#10;VRAqgKqjAAHAFLRRX6KfNBRRRQBn66qtod4H6eWT+I6V5zXYeLNTVIBp8bZkfDSY7L2H41zVlpl5&#10;qBxbQMy93PCj8a+MzyX1jFqnSV2lbTue5gF7OjzT0TKlFdXaeDhw15cn3SIf1P8AhWxB4f0u3xtt&#10;EcjvJ8386zo5Di6ivK0fX/gFTzCjHRannmc9Kdsc/wADf98mvUEt4YhiOGNP91QKkrujw0+tT8P+&#10;CYPNO0fx/wCAeUkEdQR9RRXqrIrDDKD9RVWbS7CcfvbOFvfYAfzqJ8NzXwVE/VW/VjjmkesTzSiu&#10;2uvCVjKCbd5IG7YO5fyP+Nc5qOg32nAu6CWEf8tI+QPqO1eXicpxWHXNKN13Wv8AwTrpYylV0T18&#10;zMooorzTpCrFjeS2F5Hcw/eQ8g9GHcGq9FVCcoSUouzQmlJWZ6Lp+t2WooNkoSXvE5wR/jWjXlNS&#10;C4nUYWaUD0DmvpKPEclG1WF33TseZPLE3eErHps9zBbJvnmSNfVmxWDdeInupPsmjwtNM3HmEcL7&#10;8/zNc7pek3Gr3GFJEan55W5x7D1Nd3YadbabAIrdMf3mPVj7mvQw+JxeYK8V7OHfdv0/zOapSo4Z&#10;6vml26fMyNP8MRI/2jUX+0zsdxUn5c+/rXQKqooVVCqOAAMAUtFeph8LSw8eWmrfm/VnJUrTqO8m&#10;FFZ93ruk2ORdalaxEfwtKM/l1rKl8feGov8AmI7/APcic/0roMzpaK5T/hYvhzP/AB8zf9+G/wAK&#10;sxeO/DcvTU0Q/wDTRGX+YoA6KiqVpq+m32Psl/bTE9klBP5VdoAKKKKAOZ1vw0kqtc2CBZRy0Q6N&#10;9PQ1x/Q4IwRXq1cd4r0oQyi/hXCSHEoHZux/Gvls6yuKi8RRVu6/X/M9bA4tt+yn8jmqKKK+WPWC&#10;tHR9Il1W52jKwIf3knp7D3qvp9jLqN4lvD1PLN2UdzXotnaQ2FokEI2og6nv6k17WUZZ9an7Sp8C&#10;/Hy/zOLGYr2MeWPxP8B9vbxWkCQQIEjQYAFQalq1hpFv59/dRwJ23HlvoOp/CuO8TfESGzZ7PRtl&#10;xcDhrg8xofb+8f0+teZ3l7dahctc3k8k8zdXc5P0HoPYV9vGKirLY8Ftt3Z3+r/FBiWj0izAHQTX&#10;H9FH9T+FcZqHiHV9VJ+2ahO6n+BW2p/3yMCsyimITAHQUtFddoXw+1TVVWe7P2G2PILrmRh7L2/H&#10;8qAORqSGCe5OIIJZT/0zQt/KvadM8DaDpgVvsguZR/y0ufnP5dB+VdDHGkSBI0VFHRVGAKAPAh4f&#10;1k4ZdIvvYi3b/CtGz13xR4eI+a8SJf8AlldRMyf+PdPwNe3UEAjBGQaAOM8O/EOw1Zktr5Vs7puF&#10;JbMbn2PY+x/OuzrB1bwdomsK3nWSRSn/AJawDY36cH8apaUdS8MXEWm6nMbvTJGCWt6esTdkk9j0&#10;B/CgDq6rahbC80+e3IzvQgfXt+tWaKmcFOLjLZji3Fpo8poAJOACSegHeit/wxp6zXL30+BBb8gt&#10;wN3r+A5r83wuHlia0aUep9PVqqlBzfQ3tHsIdE0tprlkSQrvmkY4Cgds+grzrxd44m1hnsdOZodP&#10;HDOOGm+vovt37+lR+NPF767cNZWbldNjbqOPOI7n29B+NcjX6LQowo01TgtEfNVJyqScpbsKKKK1&#10;ICpIIJbmeOCCNpJpGCoijJY1HXq3w78NLZWK6xdJ/pVwv7kEf6uM9/qf5Y96ALXhPwNbaMkd5fKk&#10;+odRnlYfZfU+/wCVdhRRQAUUUUAFFFFABTJoY7iB4ZkDxuNrKw4Ip9FAEVvG0UCxu5cpwGJ5I7Z9&#10;6S6nW1s57h/uxRs5+gGamrl/H+oiw8KXCBsSXRECc+v3v0BoA5NEaSRY0G53IVR6k03xlrq2dmnh&#10;rT5PljH+mSKfvN1Kf4/gPWlk1EaNZSX4wbjmK1U/89COW+ijn6kVwrMzMWZizMclickn1r5zh/Cc&#10;lN4iW8tF6f8ABf5Hp5lWvJU10Eooor6M8wKKKKAL+iaf/auuWVic7ZpQHx/d6t+gNfQCqqIqKAFU&#10;YAHYV4t4A2/8JpZbv7smPrsNe1UAFFFFABRRRQAUUUUAFFFFABXjXj7Xl1jXPs8D7rWzyikHhn/i&#10;P6Y/Cur8eeLxp8L6Tp8n+mSLiaRT/qlPb/eP6flXlPSgC/q1+b+7yp/cxDZEPbufxP8ASqFFFRTp&#10;xpwUI7LQqUnKTk+oUUUVZIUUUUAXNJv20vV7S/UE+RKHIHcdx+Wa+gIJ4rq3jnhcPFIodGHQg9K+&#10;c67TwX41/sUDTtRLNYE/u5ByYSf5r/KgD1yio4LiG6gSe3lSWJxlXRsgj61JQAUUUUAFFFZ2q67p&#10;uiw+Zf3SRcfKmcu30UcmgDRrhfFfj+CwWSx0llmu+VaYcpF9P7zfp/KuY8S+Pb3WQ9rZBrSyPBwf&#10;3kg9yOg9hXIdOlADnd5JGkkZndyWZmOSSepNNoooAKKKKACiiigAooooAKKKKAL+ma1qWjSb9PvJ&#10;IcnJQHKN9VPFdbZ/FLUYlC3lhbz46tGxjJ/mKKKANEfFa2x82kTg+0yn+lQT/FZyuLbSAD6yz5/Q&#10;CiigDA1Dx/4gvwVW5S0Q9rdMH/vo5Nc1JI80jSSu0kjdXdiSfxNFFADaKKKACiiigD//2VBLAQIt&#10;ABQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAPQEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAHYuUgPkAwAAoggAAA4AAAAAAAAAAAAAAAAAPAIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAElSHCHyAAAAzwEAABkAAAAAAAAAAAAAAAAATAYAAGRycy9f&#10;cmVscy9lMm9Eb2MueG1sLnJlbHNQSwECLQAUAAYACAAAACEAf/fvmd4AAAAJAQAADwAAAAAAAAAA&#10;AAAAAAB1BwAAZHJzL2Rvd25yZXYueG1sUEsBAi0ACgAAAAAAAAAhAPV3azkaDQAAGg0AABUAAAAA&#10;AAAAAAAAAAAAgAgAAGRycy9tZWRpYS9pbWFnZTEuanBlZ1BLBQYAAAAABgAGAH0BAADNFQAAAAA=&#10;">
                       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                         <v:stroke joinstyle="miter"/>
                         <v:formulas>
                           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                           <v:f eqn="sum @0 1 0"/>
                           <v:f eqn="sum 0 0 @1"/>
                           <v:f eqn="prod @2 1 2"/>
                           <v:f eqn="prod @3 21600 pixelWidth"/>
                           <v:f eqn="prod @3 21600 pixelHeight"/>
                           <v:f eqn="sum @0 0 1"/>
                           <v:f eqn="prod @6 1 2"/>
                           <v:f eqn="prod @7 21600 pixelWidth"/>
                           <v:f eqn="sum @8 21600 0"/>
                           <v:f eqn="prod @7 21600 pixelHeight"/>
                           <v:f eqn="sum @10 21600 0"/>
                         </v:formulas>
                         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                         <o:lock v:ext="edit" aspectratio="t"/>
                       </v:shapetype>
-                      <v:shape id="圖片 3" o:spid="_x0000_s1027" type="#_x0000_t75" alt="第一名UK-MARK" style="position:absolute;top:476;width:5905;height:5569;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU5ZIISSdEHKEipUDjCyJ4lFMrY8bmhvj9O0G0SRWNoz/78nu1wfxkFMGNg6quQqL6RA&#10;0s5Y6ir5sXvJHqXgCGRgcISVPCLLdX17U+6OHlmkNHEl+xj9k1KsexyBc+eR0qR1YYSYjqFTHvQn&#10;dKjui+JBaUcRKWZx7pB12WAL+yGKzSFdLyYBB5bieVmcWZUE7werISZTNZH5QcnOhDwlTzvcW893&#10;SUOqXwnz5DrgnHtLTxOsQbGFEF9hTBrKBFbe6rgPmLbyv3tm0ZEz17ZWY94E3i7Ji9g1gHFfFHD6&#10;b3uTYu84XdrV6ZfqbwAAAP//AwBQSwMEFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAABfcmVscy8u&#10;cmVsc6SQwWrDMAyG74O+g9F9cdrDGKNOb4NeSwu7GltJzGLLSG7avv1M2WAZve2oX+j7xL/dXeOk&#10;ZmQJlAysmxYUJkc+pMHA6fj+/ApKik3eTpTQwA0Fdt3qaXvAyZZ6JGPIoioliYGxlPymtbgRo5WG&#10;Mqa66YmjLXXkQWfrPu2AetO2L5p/M6BbMNXeG+C934A63nI1/2HH4JiE+tI4ipr6PrhHVO3pkg44&#10;V4rlAYsBz3IPGeemPgf6sXf9T28OrpwZP6phof7Oq/nHrhdVdl8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAASAAAAZHJzL3BpY3R1cmV4bWwueG1ssrGvyM1RKEstKs7Mz7NVMtQzUFJI&#10;zUvOT8nMS7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgAAAP//AwBQSwMEFAAGAAgAAAAh&#10;ADJJJ9XEAAAA2gAAAA8AAABkcnMvZG93bnJldi54bWxEj0FrwkAUhO8F/8PyhF5K3TQVqTGbIAWp&#10;h14ae+ntkX0mMdm3YXfV+O/dQqHHYWa+YfJyMoO4kPOdZQUviwQEcW11x42C78Pu+Q2ED8gaB8uk&#10;4EYeymL2kGOm7ZW/6FKFRkQI+wwVtCGMmZS+bsmgX9iROHpH6wyGKF0jtcNrhJtBpkmykgY7jgst&#10;jvTeUt1XZ6NAP31U/XJ3qoLDdLs+fy5XP+leqcf5tN2ACDSF//Bfe68VvMLvlXgDZHEHAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAASrOV4AAQAA5gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEACMMYpNQAAACTAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L3BpY3R1cmV4bWwueG1sUEsBAi0AFAAGAAgAAAAhADJJJ9XEAAAA2gAAAA8AAAAAAAAAAAAAAAAA&#10;nwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPcAAACQAwAAAAA=&#10;">
+                      <v:shape id="圖片 3" o:spid="_x0000_s1027" type="#_x0000_t75" alt="第一名UK-MARK" style="position:absolute;top:476;width:5905;height:5569;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAw9sQ1wAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPGFvmqogpWsqZUHw4C5Y3fujeduUNi+liVr//UYQPA4z8w2z3Y22EzcafONYwXKRgCCu&#10;nG64VnA57+cpCB+QNXaOScGDPOzy6WSLmXZ3PtGtDLWIEPYZKjAh9JmUvjJk0S9cTxy9PzdYDFEO&#10;tdQD3iPcdnKVJBtpseG4YLCnL0NVW16tAp2W45q/TbFJr6fe/ha+/eGjUh+zsfgEEWgM7/CrfdAK&#10;1vC8Em+AzP8BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMPbENcAAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
                         <v:imagedata r:id="rId7" r:href="rId8"/>
-                        <v:path arrowok="t"/>
                       </v:shape>
                       <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                         <v:stroke joinstyle="miter"/>
                         <v:path gradientshapeok="t" o:connecttype="rect"/>
                       </v:shapetype>
-                      <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:6953;width:14954;height:6381;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAPUVwNcQA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbESPT2vCQBTE7wW/w/IEb7qr2KoxG5GWQk8t/gVvj+wz&#10;CWbfhuzWpN++WxB6HGbmN0y66W0t7tT6yrGG6USBIM6dqbjQcDy8j5cgfEA2WDsmDT/kYZMNnlJM&#10;jOt4R/d9KESEsE9QQxlCk0jp85Is+olriKN3da3FEGVbSNNiF+G2ljOlXqTFiuNCiQ29lpTf9t9W&#10;w+nzejnP1VfxZp+bzvVKsl1JrUfDfrsGEagP/+FH+8NomE0X8HcmHgGZ/QIAAP//AwBQSwECLQAU&#10;AAYACAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4&#10;bWwueG1sUEsBAi0AFAAGAAgAAAAhAD1FcDXEAAAA3AAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPUAAACJAwAAAAA=&#10;" filled="f" stroked="f">
+                      <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:6953;width:14954;height:6381;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA9RXA1xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gRvuqvYqjEbkZZCTy3+BW+P7DMJZt+G7Nak375bEHocZuY3TLrpbS3u1PrKsYbpRIEg&#10;zp2puNBwPLyPlyB8QDZYOyYNP+Rhkw2eUkyM63hH930oRISwT1BDGUKTSOnzkiz6iWuIo3d1rcUQ&#10;ZVtI02IX4baWM6VepMWK40KJDb2WlN/231bD6fN6Oc/VV/Fmn5vO9UqyXUmtR8N+uwYRqA//4Uf7&#10;w2iYTRfwdyYeAZn9AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD1FcDXEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
                         <v:textbox>
                           <w:txbxContent>
                             <w:p w:rsidR="00E237C9" w:rsidRPr="00E237C9" w:rsidRDefault="00E237C9" w:rsidP="00E237C9">
                               <w:pPr>
                                 <w:spacing w:line="0" w:lineRule="atLeast"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                   <w:sz w:val="32"/>
                                   <w:szCs w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00E237C9">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                   <w:sz w:val="32"/>
                                   <w:szCs w:val="32"/>
                                 </w:rPr>
                                 <w:t>國立高雄大學</w:t>
                               </w:r>
                             </w:p>
                             <w:p w:rsidR="00E237C9" w:rsidRPr="00E237C9" w:rsidRDefault="00E237C9" w:rsidP="00E237C9">
                               <w:pPr>
                                 <w:spacing w:line="0" w:lineRule="atLeast"/>
                                 <w:jc w:val="center"/>
@@ -423,55 +422,51 @@
                                     <w:rPr>
                                       <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                     </w:rPr>
                                     <w:t>聯</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="791C483A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-                    <v:shape id="文字方塊 2" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:221.8pt;margin-top:7.25pt;width:54pt;height:24.4pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0uoseIgIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU12O0zAQfkfiDpbfadLSLmnUdLXssghp&#10;+ZEWDuA6TmNhe4ztNikXQOIAyzMH4AAcaPccjJ22VPCGyIPlycx8M98348V5rxXZCuclmIqORzkl&#10;wnCopVlX9MP76ycFJT4wUzMFRlR0Jzw9Xz5+tOhsKSbQgqqFIwhifNnZirYh2DLLPG+FZn4EVhh0&#10;NuA0C2i6dVY71iG6Vtkkz8+yDlxtHXDhPf69Gpx0mfCbRvDwtmm8CERVFHsL6XTpXMUzWy5YuXbM&#10;tpLv22D/0IVm0mDRI9QVC4xsnPwLSkvuwEMTRhx0Bk0juUgckM04/4PNbcusSFxQHG+PMvn/B8vf&#10;bN85Imuc3ZgSwzTO6OHuy/2Pbw93P++/fyWTKFFnfYmRtxZjQ/8cegxPdL29Af7REwOXLTNrceEc&#10;dK1gNbY4jpnZSeqA4yPIqnsNNZZimwAJqG+cjvqhIgTRcVS743hEHwjHn2fFrMjRw9H1NJ8XRRpf&#10;xspDsnU+vBSgSbxU1OH0Ezjb3vgQm2HlISTWMnAtlUoboAzpKjqfTWYp4cSjZcAFVVJXFIvjN6xM&#10;5PjC1Ck5MKmGOxZQZk868hwYh37VDxIftFxBvUMVHAz7iO8HLy24z5R0uIsV9Z82zAlK1CuDSs7H&#10;02lc3mRMZ88maLhTz+rUwwxHqIoGSobrZUgLP1C+QMUbmdSIoxk62beMO5ZE2r+HuMSndor6/WqX&#10;vwAAAP//AwBQSwMEFAAGAAgAAAAhAKUDF6HdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01P&#10;wzAMhu9I+w+RkbixZPRDUJpOE4griG0gccsar61onKrJ1vLvMSd2tN9Hrx+X69n14oxj6DxpWC0V&#10;CKTa244aDfvdy+09iBANWdN7Qg0/GGBdLa5KU1g/0Tuet7ERXEKhMBraGIdCylC36ExY+gGJs6Mf&#10;nYk8jo20o5m43PXyTqlcOtMRX2jNgE8t1t/bk9Pw8Xr8+kzVW/PssmHys5LkHqTWN9fz5hFExDn+&#10;w/Cnz+pQsdPBn8gG0WtI0yRnlIM0A8FAlq14cdCQJwnIqpSXH1S/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAPS6ix4iAgAA/QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAKUDF6HdAAAACQEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" filled="f" stroked="f">
+                    <v:shape w14:anchorId="791C483A" id="文字方塊 2" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:221.8pt;margin-top:7.25pt;width:54pt;height:24.4pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0uoseIgIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU12O0zAQfkfiDpbfadLSLmnUdLXssghp&#10;+ZEWDuA6TmNhe4ztNikXQOIAyzMH4AAcaPccjJ22VPCGyIPlycx8M98348V5rxXZCuclmIqORzkl&#10;wnCopVlX9MP76ycFJT4wUzMFRlR0Jzw9Xz5+tOhsKSbQgqqFIwhifNnZirYh2DLLPG+FZn4EVhh0&#10;NuA0C2i6dVY71iG6Vtkkz8+yDlxtHXDhPf69Gpx0mfCbRvDwtmm8CERVFHsL6XTpXMUzWy5YuXbM&#10;tpLv22D/0IVm0mDRI9QVC4xsnPwLSkvuwEMTRhx0Bk0juUgckM04/4PNbcusSFxQHG+PMvn/B8vf&#10;bN85Imuc3ZgSwzTO6OHuy/2Pbw93P++/fyWTKFFnfYmRtxZjQ/8cegxPdL29Af7REwOXLTNrceEc&#10;dK1gNbY4jpnZSeqA4yPIqnsNNZZimwAJqG+cjvqhIgTRcVS743hEHwjHn2fFrMjRw9H1NJ8XRRpf&#10;xspDsnU+vBSgSbxU1OH0Ezjb3vgQm2HlISTWMnAtlUoboAzpKjqfTWYp4cSjZcAFVVJXFIvjN6xM&#10;5PjC1Ck5MKmGOxZQZk868hwYh37VDxIftFxBvUMVHAz7iO8HLy24z5R0uIsV9Z82zAlK1CuDSs7H&#10;02lc3mRMZ88maLhTz+rUwwxHqIoGSobrZUgLP1C+QMUbmdSIoxk62beMO5ZE2r+HuMSndor6/WqX&#10;vwAAAP//AwBQSwMEFAAGAAgAAAAhAKUDF6HdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01P&#10;wzAMhu9I+w+RkbixZPRDUJpOE4griG0gccsar61onKrJ1vLvMSd2tN9Hrx+X69n14oxj6DxpWC0V&#10;CKTa244aDfvdy+09iBANWdN7Qg0/GGBdLa5KU1g/0Tuet7ERXEKhMBraGIdCylC36ExY+gGJs6Mf&#10;nYk8jo20o5m43PXyTqlcOtMRX2jNgE8t1t/bk9Pw8Xr8+kzVW/PssmHys5LkHqTWN9fz5hFExDn+&#10;w/Cnz+pQsdPBn8gG0WtI0yRnlIM0A8FAlq14cdCQJwnIqpSXH1S/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAPS6ix4iAgAA/QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAKUDF6HdAAAACQEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" filled="f" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w:rsidR="005A60EA" w:rsidRPr="005A60EA" w:rsidRDefault="00144C73">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                               </w:rPr>
                               <w:t>存根</w:t>
                             </w:r>
                             <w:r w:rsidR="005A60EA" w:rsidRPr="005A60EA">
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                               </w:rPr>
                               <w:t>聯</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                       <w10:wrap type="square"/>
                     </v:shape>
@@ -531,51 +526,51 @@
                       <wp:extent cx="2190750" cy="638175"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="8" name="群組 8"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr/>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2190750" cy="638175"/>
                                 <a:chOff x="0" y="0"/>
                                 <a:chExt cx="2190750" cy="638175"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="9" name="圖片 9" descr="第一名UK-MARK"/>
                                 <pic:cNvPicPr>
                                   <a:picLocks noChangeAspect="1"/>
                                 </pic:cNvPicPr>
                               </pic:nvPicPr>
                               <pic:blipFill>
-                                <a:blip r:embed="rId5" r:link="rId6" cstate="print">
+                                <a:blip r:embed="rId5" r:link="rId8" cstate="print">
                                   <a:extLst>
                                     <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                       <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                     </a:ext>
                                   </a:extLst>
                                 </a:blip>
                                 <a:srcRect/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr bwMode="auto">
                                 <a:xfrm>
                                   <a:off x="0" y="38100"/>
                                   <a:ext cx="590550" cy="556895"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:noFill/>
                                 <a:ln>
                                   <a:noFill/>
                                 </a:ln>
                               </pic:spPr>
                             </pic:pic>
@@ -639,55 +634,54 @@
                                       </w:rPr>
                                       <w:t>臨時停車證</w:t>
                                     </w:r>
                                   </w:p>
                                 </w:txbxContent>
                               </wps:txbx>
                               <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:group w14:anchorId="77E9F290" id="群組 8" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:28.9pt;margin-top:5.45pt;width:172.5pt;height:50.25pt;z-index:251666432;mso-width-relative:margin;mso-height-relative:margin" coordsize="21907,6381" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAO7XiPPnAwAAqAgAAA4AAABkcnMvZTJvRG9jLnhtbKxWT2/bNhS/D9h3&#10;IHR3JLlSbAlxCtdJg6LtFrTrB6ApyiIikRxJR06HATsMKDZgwE7ZZZcBO3bHAdtln2Zpvsbeo2Qn&#10;joMtKGbA8nvk49P7/d4f+uDxqqnJOTdWKDkJ4r0oIFwyVQi5mARvvng6GAfEOioLWivJJ8EFt8Hj&#10;w08/OWh1zoeqUnXBDQEn0uatngSVczoPQ8sq3lC7pzSXsFkq01AHqlmEhaEteG/qcBhF+2GrTKGN&#10;YtxaWD3qNoND778sOXOfl6XljtSTAGJz/mn8c47P8PCA5gtDdSVYHwb9iCgaKiS8dOPqiDpKlkbs&#10;uGoEM8qq0u0x1YSqLAXjHgOgiaM7aE6MWmqPZZG3C72hCai9w9NHu2WfnZ8aIopJAImStIEUXf/1&#10;6/Xv35IxctPqRQ4mJ0a/1qemX1h0GsJdlabBXwBCVp7Viw2rfOUIg8VhnEWjFMhnsLf/aByP0o52&#10;VkFudo6x6vjfD4br14YY3SYYLVgO354kkHZI+u9iglNuaXjQO2ke5KOh5mypB5BPTZ2Yi1q4C1+b&#10;kDkMSp6fCnZqOuWG72zN99XPl9ffvSOgF9wyqM3r9+///uObqx9/ePN88HL66jmyhY7wbOeJItIX&#10;ip1ZItWsonLBp1ZDsUMLonW4be7VrTDmtdBPRV1j7lDuAcPL7xTWPZx1RXuk2LLh0nVdaHgN2JW0&#10;ldA2ICbnzZxDUZlnRYxqLeSZ14ZQBjAPHNSZNkI63zRQKS+sw1iwZnzbfDUcT6MoGz4ZzNJoNkii&#10;0fFgmiWjwSg6HiVRMo5n8exrPB0n+dJyIIPWR1r0QGB1B8q9PdJPk677fBeTc+pnBdLoA1r/+hBh&#10;CfnCWK1hr4BysAPZGe5YhWIJtPbrYLzZ8Dm4oR0TZKGlyLx9qQpggy6d8mTc21LQNVE/rNZtlWZR&#10;uu6qNN0fZ76rNs0BJWKsO+GqISgA+RCrfwE9ByQdurUJxi0VFoRHU8utBfCJKx4BxtyLAAEHBMxt&#10;u64f0B5GO07t+ybe64pqDlGi25tWiWF4dLPpw+W7q99++nD559Uv35MhlnpvieOJuNUTBQMn9jCt&#10;vtMgxqi24rSAELsmuXW08/OghOxn6aNhGpDdQRcnWZrg1vag+59SQtpJkKXgfis3NG+Egxu0Fg2M&#10;8Ag/3XBFpMey8Pl0VNSdvE4lQu9SiZJbzVf+DtgwOlfFBRBqFBQOkA8XPAiVMm8D0sJlOQnsl0uK&#10;g7J+JoHPLE4SvF29kqSjISjm9s789g6VDFxNAheQTpw50KIe2BQaoRS+QDG2LhIoOVSg0rzkr0OQ&#10;tu7b27q3uvmDcfgPAAAA//8DAFBLAwQUAAYACAAAACEASVIcIfIAAADPAQAAGQAAAGRycy9fcmVs&#10;cy9lMm9Eb2MueG1sLnJlbHO0kc9qwzAMh++DvYMRuy5OAstGqdOWpoEedhndAxhbSbzEf7CdrXn7&#10;eYzBCoWddhSSvt8ntN6c9UTe0QdlDYMiy4GgEVYq0zN4PbX3T0BC5EbyyRpksGCATX17s37Bice0&#10;FAblAkkUExgMMboVpUEMqHnIrEOTOp31msdU+p46LkbeIy3zvKL+NwPqCyY5Sgb+KEsgp8Wl5L/Z&#10;tuuUwMaKWaOJVyKo0ik7AbnvMTIQSq4edu2h2u/auyZvqsdyVFovWzOPGco5ix8/w89WJofDOaI3&#10;fAJ6Xbb4R1mNUvHvC4rszWH/JUEv3lB/AgAA//8DAFBLAwQUAAYACAAAACEAPTBI098AAAAJAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbizJ2GCUptM0AadpEhvSxM1rvbZak1RN&#10;1nZvjznB0d9v/f6cLkfbiJ66UHtnQE8UCHK5L2pXGvjavz8sQISIrsDGOzJwpQDL7PYmxaTwg/uk&#10;fhdLwSUuJGigirFNpAx5RRbDxLfkODv5zmLksStl0eHA5baRU6WepMXa8YUKW1pXlJ93F2vgY8Bh&#10;9ajf+s35tL5+7+fbw0aTMfd34+oVRKQx/i3Drz6rQ8ZOR39xRRCNgfkzm0fm6gUE5zM1ZXBkoPUM&#10;ZJbK/x9kPwAAAP//AwBQSwMECgAAAAAAAAAhAPV3azkaDQAAGg0AABUAAABkcnMvbWVkaWEvaW1h&#10;Z2UxLmpwZWf/2P/gABBKRklGAAEBAQCQAJAAAP/bAEMACAYGBwYFCAcHBwkJCAoMFA0MCwsMGRIT&#10;DxQdGh8eHRocHCAkLicgIiwjHBwoNyksMDE0NDQfJzk9ODI8LjM0Mv/bAEMBCQkJDAsMGA0NGDIh&#10;HCEyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMjIyMv/AABEI&#10;AIgAkAMBIgACEQEDEQH/xAAfAAABBQEBAQEBAQAAAAAAAAAAAQIDBAUGBwgJCgv/xAC1EAACAQMD&#10;AgQDBQUEBAAAAX0BAgMABBEFEiExQQYTUWEHInEUMoGRoQgjQrHBFVLR8CQzYnKCCQoWFxgZGiUm&#10;JygpKjQ1Njc4OTpDREVGR0hJSlNUVVZXWFlaY2RlZmdoaWpzdHV2d3h5eoOEhYaHiImKkpOUlZaX&#10;mJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4eLj5OXm5+jp6vHy8/T19vf4&#10;+fr/xAAfAQADAQEBAQEBAQEBAAAAAAAAAQIDBAUGBwgJCgv/xAC1EQACAQIEBAMEBwUEBAABAncA&#10;AQIDEQQFITEGEkFRB2FxEyIygQgUQpGhscEJIzNS8BVictEKFiQ04SXxFxgZGiYnKCkqNTY3ODk6&#10;Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqCg4SFhoeIiYqSk5SVlpeYmZqio6Slpqeo&#10;qaqys7S1tre4ubrCw8TFxsfIycrS09TV1tfY2dri4+Tl5ufo6ery8/T19vf4+fr/2gAMAwEAAhED&#10;EQA/AOpop8cUk0ixxIzu3AVRkmtePwrqjpuKRJ/ss/P6V+aUcNWrfwot+h9TOrCHxOxi0VYvLG5s&#10;JvKuYijHkHqD9DVespwlCTjJWaKTUldBRRRUjCiiigAooooAKKKKACpoLS5ut32eCSXb12DOKhrV&#10;8OEjX7bH+1/6Ca3w1ONWtGnLZtL7yKsnGDkuhnyW08MwhliZJDjCsMGpZdMvoIjLLaypGOrMOKjv&#10;Ob24J5JlbOfqa6G8tGvNE0ffMsMKITJK54XoB9TXRRwsavtEr3jtqu9tdPmZzquHLfr/AJGHHpd/&#10;NEskdpK8bDIYDg1UIIJB6itfWfO09/7MjBitVG8YP+tz/ET3+lZFY4mnClP2avdb37+WhdKUprme&#10;z2O18JWcUemm6ABmlYgt6AHGK6GvPNK1u50rcsYWSFjkxt6+oPatKbxlcMmIbWONv7zMWx+HFfTY&#10;DN8HRw0YS0aW1t/+HPKxGCrTquS1TLnjGWL7HbxHBmMm5fULjn+lcdW7YaPe69Mby7lZYmP+sI5b&#10;2UeldVZ6PYWKjybddw/jcbmP4muSeAr5pWeItyRe197ehtHEU8JD2e7PPFgmYZWGQj1CGmEFThgQ&#10;fQjFeq1DcWtvdRlLiFJFPZhmtZcN+77tTX0/4JCzTXWP4nl9Fbuv6ENNIuLck2zHBB5KH/CsKvnc&#10;Rh6mHqOnUWqPTpVY1Y80dgooorAsKKKKACruk3aWOq29xJny0Y7sdgRjNUqKunUdOanHdO4pRUou&#10;L6mpdaY8t1LLbz20sLuWV/PUcE55BPFXdZiH9iafElxBI1upEipKDjIHbvXPYHpRXUsVBRmlD4/P&#10;zvpoZeyk3Ft7eR0Uarq2gJHczwRXNuf3DySgF19Dzx/9YVz7o0cjI2NynBwQR+YptFZ166rKN1ql&#10;a/cqnT5G9dGFaOiacNS1JIWz5SjfJ9B2/Gs6ul8Gsou7pT98xqR9M8/zFaZdRjWxUIT2bIxM3CjK&#10;UdzsFVUQKoCqowABwBS0UV+inzQUUUUAZ+uqraHeB+nlk/iOlec12HizU1SAafG2ZHw0mOy9h+Nc&#10;1ZaZeagcW0DMvdzwo/GvjM8l9Yxap0ldpW07nuYBezo809EypRXV2ng4cNeXJ90iH9T/AIVsQeH9&#10;Lt8bbRHI7yfN/Os6OQ4uorytH1/4BU8wox0Wp55nPSnbHP8AA3/fJr1BLeGIYjhjT/dUCpK7o8NP&#10;rU/D/gmDzTtH8f8AgHlJBHUEfUUV6qyKwwyg/UVVm0uwnH72zhb32AH86ifDc18FRP1Vv1Y45pHr&#10;E80ortrrwlYygm3eSBu2DuX8j/jXOajoN9pwLuglhH/LSPkD6jtXl4nKcVh1zSjdd1r/AME66WMp&#10;VdE9fMzKKKK806QqxY3ktheR3MP3kPIPRh3BqvRVQnKElKLs0JpSVmei6frdlqKDZKEl7xOcEf41&#10;o15TUguJ1GFmlA9A5r6SjxHJRtVhd907HmTyxN3hKx6bPcwWyb55kjX1ZsVg3XiJ7qT7Jo8LTTNx&#10;5hHC+/P8zXO6XpNxq9xhSRGp+eVucew9TXd2GnW2mwCK3TH95j1Y+5r0MPicXmCvFezh33b9P8zm&#10;qUqOGer5pdunzMjT/DESP9o1F/tM7HcVJ+XPv610CqqKFVQqjgADAFLRXqYfC0sPHlpq35v1ZyVK&#10;06jvJhRWfd67pNjkXWpWsRH8LSjP5daypfH3hqL/AJiO/wD3InP9K6DM6WiuU/4WL4cz/wAfM3/f&#10;hv8ACrMXjvw3L01NEP8A00Rl/mKAOioqlaavpt9j7Jf20xPZJQT+VXaACiiigDmdb8NJKrXNggWU&#10;ctEOjfT0Ncf0OCMEV6tXHeK9KEMov4VwkhxKB2bsfxr5bOsriovEUVbuv1/zPWwOLbfsp/I5qiii&#10;vlj1grR0fSJdVudoysCH95J6ew96r6fYy6jeJbw9TyzdlHc16LZ2kNhaJBCNqIOp7+pNe1lGWfWp&#10;+0qfAvx8v8zixmK9jHlj8T/Afb28VpAkECBI0GABUGpatYaRb+ff3UcCdtx5b6DqfwrjvE3xEhs2&#10;ez0bZcXA4a4PMaH2/vH9PrXmd5e3WoXLXN5PJPM3V3OT9B6D2Ffbxioqy2PBbbd2d/q/xQYlo9Is&#10;wB0E1x/RR/U/hXGah4h1fVSftmoTup/gVtqf98jArMopiEwB0FLRXXaF8PtU1VVnuz9htjyC65kY&#10;ey9vx/KgDkakhgnuTiCCWU/9M0Lfyr2nTPA2g6YFb7ILmUf8tLn5z+XQflXQxxpEgSNFRR0VRgCg&#10;DwIeH9ZOGXSL72It2/wrRs9d8UeHiPmvEiX/AJZXUTMn/j3T8DXt1BAIwRkGgDjPDvxDsNWZLa+V&#10;bO6bhSWzG59j2Psfzrs6wdW8HaJrCt51kkUp/wCWsA2N+nB/GqWlHUvDFxFpupzG70yRglrenrE3&#10;ZJPY9AfwoA6uq2oWwvNPntyM70IH17frVmipnBTi4y2Y4txaaPKaACTgAknoB3orf8Maes1y99Pg&#10;QW/ILcDd6/gOa/N8Lh5YmtGlHqfT1aqpQc30N7R7CHRNLaa5ZEkK75pGOAoHbPoK868XeOJtYZ7H&#10;TmaHTxwzjhpvr6L7d+/pUfjTxe+u3DWVm5XTY26jjziO59vQfjXI1+i0KMKNNU4LRHzVScqknKW7&#10;CiiitSAqSCCW5njggjaSaRgqIoyWNR16t8O/DS2ViusXSf6VcL+5BH+rjPf6n+WPegC14T8DW2jJ&#10;HeXypPqHUZ5WH2X1Pv8AlXYUUUAFFFFABRRRQAUyaGO4geGZA8bjaysOCKfRQBFbxtFAsbuXKcBi&#10;eSO2fekup1tbOe4f7sUbOfoBmpq5fx/qIsPClwgbEl0RAnPr979AaAOTRGkkWNBudyFUepNN8Za6&#10;tnZp4a0+T5Yx/pkin7zdSn+P4D1pZNRGjWUl+MG45itVP/PQjlvoo5+pFcKzMzFmYszHJYnJJ9a+&#10;c4fwnJTeIlvLRen/AAX+R6eZVryVNdBKKKK+jPMCiiigC/omn/2rrllYnO2aUB8f3erfoDX0Aqqi&#10;KigBVGAB2FeLeANv/CaWW7+7Jj67DXtVABRRRQAUUUUAFFFFABRRRQAV414+15dY1z7PA+61s8op&#10;B4Z/4j+mPwrq/Hni8afC+k6fJ/pki4mkU/6pT2/3j+n5V5T0oAv6tfm/u8qf3MQ2RD27n8T/AEqh&#10;RRUU6cacFCOy0KlJyk5PqFFFFWSFFFFAFzSb9tL1e0v1BPkShyB3HcflmvoCCeK6t454XDxSKHRh&#10;0IPSvnOu08F+Nf7FA07USzWBP7uQcmEn+a/yoA9coqOC4huoEnt5UlicZV0bII+tSUAFFFFABRRW&#10;dquu6bosPmX90kXHypnLt9FHJoA0a4XxX4/gsFksdJZZrvlWmHKRfT+836fyrmPEvj291kPa2Qa0&#10;sjwcH95IPcjoPYVyHTpQA53eSRpJGZ3clmZjkknqTTaKKACiiigAooooAKKKKACiiigC/pmtalo0&#10;m/T7ySHJyUByjfVTxXW2fxS1GJQt5YW8+OrRsYyf5iiigDRHxWtsfNpE4PtMp/pUE/xWcri20gA+&#10;ss+f0AoooAwNQ8f+IL8FVuUtEPa3TB/76OTXNSSPNI0krtJI3V3Ykn8TRRQA2iiigAooooA//9lQ&#10;SwECLQAUAAYACAAAACEAihU/mAwBAAAVAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAD0BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDu14jz5wMAAKgIAAAOAAAAAAAAAAAAAAAAADwCAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBJUhwh8gAAAM8BAAAZAAAAAAAAAAAAAAAAAE8GAABk&#10;cnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0AFAAGAAgAAAAhAD0wSNPfAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAeAcAAGRycy9kb3ducmV2LnhtbFBLAQItAAoAAAAAAAAAIQD1d2s5Gg0AABoNAAAV&#10;AAAAAAAAAAAAAAAAAIQIAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWdQSwUGAAAAAAYABgB9AQAA0RUA&#10;AAAA&#10;">
-                      <v:shape id="圖片 9" o:spid="_x0000_s1031" type="#_x0000_t75" alt="第一名UK-MARK" style="position:absolute;top:381;width:5905;height:5568;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU5ZIISSdEHKEipUDjCyJ4lFMrY8bmhvj9O0G0SRWNoz/78nu1wfxkFMGNg6quQqL6RA&#10;0s5Y6ir5sXvJHqXgCGRgcISVPCLLdX17U+6OHlmkNHEl+xj9k1KsexyBc+eR0qR1YYSYjqFTHvQn&#10;dKjui+JBaUcRKWZx7pB12WAL+yGKzSFdLyYBB5bieVmcWZUE7werISZTNZH5QcnOhDwlTzvcW893&#10;SUOqXwnz5DrgnHtLTxOsQbGFEF9hTBrKBFbe6rgPmLbyv3tm0ZEz17ZWY94E3i7Ji9g1gHFfFHD6&#10;b3uTYu84XdrV6ZfqbwAAAP//AwBQSwMEFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAABfcmVscy8u&#10;cmVsc6SQwWrDMAyG74O+g9F9cdrDGKNOb4NeSwu7GltJzGLLSG7avv1M2WAZve2oX+j7xL/dXeOk&#10;ZmQJlAysmxYUJkc+pMHA6fj+/ApKik3eTpTQwA0Fdt3qaXvAyZZ6JGPIoioliYGxlPymtbgRo5WG&#10;Mqa66YmjLXXkQWfrPu2AetO2L5p/M6BbMNXeG+C934A63nI1/2HH4JiE+tI4ipr6PrhHVO3pkg44&#10;V4rlAYsBz3IPGeemPgf6sXf9T28OrpwZP6phof7Oq/nHrhdVdl8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAASAAAAZHJzL3BpY3R1cmV4bWwueG1ssrGvyM1RKEstKs7Mz7NVMtQzUFJI&#10;zUvOT8nMS7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AFOhED/CAAAA2gAAAA8AAABkcnMvZG93bnJldi54bWxEj0GLwjAUhO8L/ofwFrwsmlpEtGsUEUQP&#10;XqxevD2at23X5qUkUeu/N4LgcZiZb5j5sjONuJHztWUFo2ECgriwuuZSwem4GUxB+ICssbFMCh7k&#10;Ybnofc0x0/bOB7rloRQRwj5DBVUIbSalLyoy6Ie2JY7en3UGQ5SulNrhPcJNI9MkmUiDNceFClta&#10;V1Rc8qtRoH+2+WW8+c+Dw3Q1u+7Hk3O6U6r/3a1+QQTqwif8bu+0ghm8rsQbIBdPAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABIAAAAAAAAAAAAAAAAALgIAAGRycy9w&#10;aWN0dXJleG1sLnhtbFBLAQItABQABgAIAAAAIQBToRA/wgAAANoAAAAPAAAAAAAAAAAAAAAAAJ8C&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABAD3AAAAjgMAAAAA&#10;">
-[...1 lines deleted...]
-                        <v:path arrowok="t"/>
+                      <v:shape id="圖片 9" o:spid="_x0000_s1031" type="#_x0000_t75" alt="第一名UK-MARK" style="position:absolute;top:381;width:5905;height:5568;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBRHvPfwAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8Ba82VQXpFuNUhYWPKyCdb0/mmdTbF5KE7X+eyMIHoeZ+YZZrgfbiiv1vnGsYJqkIIgr&#10;pxuuFfwfficZCB+QNbaOScGdPKxXH6Ml5trdeE/XMtQiQtjnqMCE0OVS+sqQRZ+4jjh6J9dbDFH2&#10;tdQ93iLctnKWpnNpseG4YLCjH0PVubxYBTorhy/emmKeXfadPRb+vOM/pcafQ7EAEWgI7/CrvdEK&#10;vuF5Jd4AuXoAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUR7z38AAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
+                        <v:imagedata r:id="rId7" r:href="rId9"/>
                       </v:shape>
-                      <v:shape id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:6953;width:14954;height:6381;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAXIDV+cQA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPT2vCQBDF70K/wzIFb7rbYkWjq5SWgqcW4x/wNmTH&#10;JDQ7G7JbE79951DobYb35r3frLeDb9SNulgHtvA0NaCIi+BqLi0cDx+TBaiYkB02gcnCnSJsNw+j&#10;NWYu9LynW55KJSEcM7RQpdRmWseiIo9xGlpi0a6h85hk7UrtOuwl3Df62Zi59lizNFTY0ltFxXf+&#10;4y2cPq+X88x8le/+pe3DYDT7pbZ2/Di8rkAlGtK/+e965wRf6OUXGUBvfgEAAP//AwBQSwECLQAU&#10;AAYACAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4&#10;bWwueG1sUEsBAi0AFAAGAAgAAAAhAFyA1fnEAAAA2wAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPUAAACJAwAAAAA=&#10;" filled="f" stroked="f">
+                      <v:shape id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:6953;width:14954;height:6381;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBcgNX5xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvQr/DMgVvuttiRaOrlJaCpxbjH/A2ZMckNDsbslsTv33nUOhthvfmvd+st4Nv1I26WAe28DQ1&#10;oIiL4GouLRwPH5MFqJiQHTaBycKdImw3D6M1Zi70vKdbnkolIRwztFCl1GZax6Iij3EaWmLRrqHz&#10;mGTtSu067CXcN/rZmLn2WLM0VNjSW0XFd/7jLZw+r5fzzHyV7/6l7cNgNPultnb8OLyuQCUa0r/5&#10;73rnBF/o5RcZQG9+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFyA1fnEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
                         <v:textbox>
                           <w:txbxContent>
                             <w:p w:rsidR="004907E1" w:rsidRPr="00E237C9" w:rsidRDefault="004907E1" w:rsidP="004907E1">
                               <w:pPr>
                                 <w:spacing w:line="0" w:lineRule="atLeast"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                   <w:sz w:val="32"/>
                                   <w:szCs w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00E237C9">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                   <w:sz w:val="32"/>
                                   <w:szCs w:val="32"/>
                                 </w:rPr>
                                 <w:t>國立高雄大學</w:t>
                               </w:r>
                             </w:p>
                             <w:p w:rsidR="004907E1" w:rsidRPr="00E237C9" w:rsidRDefault="004907E1" w:rsidP="004907E1">
                               <w:pPr>
                                 <w:spacing w:line="0" w:lineRule="atLeast"/>
                                 <w:jc w:val="center"/>
@@ -1033,139 +1027,139 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>請主辦單位於活動前下載，填寫活動日</w:t>
       </w:r>
       <w:r w:rsidR="00B84CD9" w:rsidRPr="00B84CD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>期</w:t>
       </w:r>
       <w:r w:rsidR="00FA2B96" w:rsidRPr="00B84CD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>、名稱，事先列印供開車者憑本單入校，活動當天將以收取之收執聯數量計算停車費用，每台</w:t>
       </w:r>
-      <w:r w:rsidR="00D76B81">
+      <w:r w:rsidR="00EC5AAE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00FA2B96" w:rsidRPr="00B84CD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00FA2B96" w:rsidRPr="00B84CD9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="標楷體" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>元。</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D734B3" w:rsidRPr="00B84CD9" w:rsidSect="00556DF7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B6406AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98687A78"/>
     <w:lvl w:ilvl="0" w:tplc="9D7ACB7A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="＊"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cstheme="minorBidi" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
@@ -1241,139 +1235,142 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00556DF7"/>
     <w:rsid w:val="00075BF4"/>
     <w:rsid w:val="00144C73"/>
     <w:rsid w:val="0015214D"/>
     <w:rsid w:val="0034787A"/>
     <w:rsid w:val="00456EDA"/>
     <w:rsid w:val="004907E1"/>
     <w:rsid w:val="00556DF7"/>
     <w:rsid w:val="005A60EA"/>
     <w:rsid w:val="00681732"/>
     <w:rsid w:val="00A96DCD"/>
     <w:rsid w:val="00AE49E9"/>
     <w:rsid w:val="00B84CD9"/>
     <w:rsid w:val="00CB77ED"/>
     <w:rsid w:val="00D734B3"/>
     <w:rsid w:val="00D76B81"/>
     <w:rsid w:val="00E237C9"/>
+    <w:rsid w:val="00EC5AAE"/>
     <w:rsid w:val="00FA2B96"/>
     <w:rsid w:val="00FB63B8"/>
     <w:rsid w:val="00FC483C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="038E3193"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{30400903-EE3D-4176-876D-858E99B37A49}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1435,98 +1432,95 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -1701,50 +1695,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
@@ -1793,58 +1791,58 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456EDA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="註解方塊文字 字元"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00456EDA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:5AFE6CAF$D0D672kimmy@nuk.edu.tw" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:5AFE6CAF$D0D672kimmy@nuk.edu.tw" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:5AFE6CAF$D0D672kimmy@nuk.edu.tw" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:5AFE6CAF$D0D672kimmy@nuk.edu.tw" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:5AFE6CAF$D0D672kimmy@nuk.edu.tw" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:5AFE6CAF$D0D672kimmy@nuk.edu.tw" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2066,51 +2064,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>23</Words>
   <Characters>135</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>157</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>superuser</dc:creator>
   <cp:keywords/>
   <dc:description/>