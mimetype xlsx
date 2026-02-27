--- v0 (2025-10-07)
+++ v1 (2026-02-27)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20410"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\USER勿刪除勿更名\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\USER勿刪除勿更名\Downloads\1150105\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5389A5EA-B663-49C9-A935-460143982030}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7CA25160-81C1-4B97-BBAE-AAD628ACE3FC}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="22035" windowHeight="9825" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8556" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="單次計費車表格" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="15">
   <si>
     <t>結束時間</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
   <si>
     <t>姓名</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
   <si>
     <t>電話</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
   <si>
     <t>繳費方式</t>
     <phoneticPr fontId="18" type="noConversion"/>
@@ -70,55 +70,55 @@
   <si>
     <t>單位</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
   <si>
     <t>ABC1234</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
   <si>
     <t>1234AB</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
   <si>
     <t>自行付費</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
   <si>
     <t>車號</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
   <si>
     <t>總務處</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
   <si>
-    <t>2024-01-03 07:00</t>
-[...3 lines deleted...]
-    <t>2024-01-03 23:00</t>
+    <t>2026-01-01 07:00</t>
+    <phoneticPr fontId="18" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026-01-01 23:00</t>
     <phoneticPr fontId="18" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1080,108 +1080,108 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:G3"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7"/>
+      <selection activeCell="G6" sqref="G6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="16.2" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="5" width="21.375" style="4" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="21.5" style="4" customWidth="1"/>
+    <col min="1" max="5" width="21.33203125" style="4" customWidth="1"/>
+    <col min="6" max="7" width="21.33203125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="21.44140625" style="4" customWidth="1"/>
     <col min="9" max="16384" width="9" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A2" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="5">
         <v>8633</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A3" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="8">
         <v>8633</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="18" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>